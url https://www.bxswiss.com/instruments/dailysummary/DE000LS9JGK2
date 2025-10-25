--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaadde20cde34918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e29b054d1544af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd98498701994dd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree40eabb0eea44f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c2b1987d59943d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd98498701994dd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a47ca762b741fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree40eabb0eea44f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>