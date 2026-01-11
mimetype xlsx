--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e29b054d1544af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2c2aaa05394616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree40eabb0eea44f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54eadb1317004dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a47ca762b741fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree40eabb0eea44f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a712da0448640ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54eadb1317004dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>403,835</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>