--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2c2aaa05394616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bf55a9b1294b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54eadb1317004dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c628bedcc8946a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a712da0448640ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54eadb1317004dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777bd67ddd824480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c628bedcc8946a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>427,020</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>