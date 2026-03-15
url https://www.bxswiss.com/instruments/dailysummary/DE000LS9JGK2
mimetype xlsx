--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bf55a9b1294b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a00ffed59e84eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c628bedcc8946a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a244a8eb6ea4de3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777bd67ddd824480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c628bedcc8946a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf956c28b60492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a244a8eb6ea4de3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>