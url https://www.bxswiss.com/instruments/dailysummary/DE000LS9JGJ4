--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8882496cafb46de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R364dea875f2348cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb543fb0963643e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8bb84b934974137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22aa373a3473457d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb543fb0963643e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bb9e3008814f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8bb84b934974137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>