--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R364dea875f2348cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3397ae604e408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8bb84b934974137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f715e6ed814a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bb9e3008814f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8bb84b934974137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3b8eca4c0344b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f715e6ed814a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>398,630</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>