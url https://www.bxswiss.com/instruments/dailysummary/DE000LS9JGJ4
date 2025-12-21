--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3397ae604e408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e2d581f30f4ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f715e6ed814a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94cd73853b34481"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3b8eca4c0344b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f715e6ed814a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced28697eef146b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94cd73853b34481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>