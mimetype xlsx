--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53e2d581f30f4ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403661bc5109420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94cd73853b34481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb72e4064bc4002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced28697eef146b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94cd73853b34481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b0c4239842049ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb72e4064bc4002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>