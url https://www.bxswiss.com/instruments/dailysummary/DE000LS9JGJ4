--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R403661bc5109420f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e461a0f9a64e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb72e4064bc4002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6949b72e65514237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b0c4239842049ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb72e4064bc4002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8618c9fdb15d4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6949b72e65514237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>428,179</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>