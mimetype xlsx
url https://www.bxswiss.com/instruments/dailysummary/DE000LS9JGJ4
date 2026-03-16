--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e461a0f9a64e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d555114e2a466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6949b72e65514237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa0e8842ac04503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8618c9fdb15d4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6949b72e65514237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a824dcce8444320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa0e8842ac04503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy &amp; Hold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>