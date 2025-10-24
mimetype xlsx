--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R073963bc72de4840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067c891eb9224893" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69795fe2f1d74ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2b14eca99e44f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d2e05d908847c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69795fe2f1d74ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efb0e5b0db24edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2b14eca99e44f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>101,019</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,104</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>101,422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,732</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>