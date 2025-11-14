--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067c891eb9224893" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1102d65ff0b400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2b14eca99e44f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf19a5435ce49434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1efb0e5b0db24edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2b14eca99e44f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9103ddd6d2d94876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf19a5435ce49434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>101,689</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,252</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,920</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>