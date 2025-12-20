--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1102d65ff0b400d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd00742770354607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf19a5435ce49434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31af6bece9cf40ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9103ddd6d2d94876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf19a5435ce49434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2fbe8ec54848fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31af6bece9cf40ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,267</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>