--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd00742770354607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea62532febc4adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31af6bece9cf40ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb11dca8dc64d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2fbe8ec54848fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31af6bece9cf40ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88382fe81b54cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb11dca8dc64d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,479</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>