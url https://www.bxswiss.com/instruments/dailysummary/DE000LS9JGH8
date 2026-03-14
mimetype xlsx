--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea62532febc4adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91477b46fb04348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb11dca8dc64d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2b2587378c4d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88382fe81b54cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb11dca8dc64d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde28390a5dca4976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2b2587378c4d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>94,208</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>