--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b541e2a5ec4f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7eb45d829ff4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc067441de048443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7a146ac26147f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R397b52e6811640e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc067441de048443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ccbc64d04b404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7a146ac26147f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EURO Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,847</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>