--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7eb45d829ff4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b61b2870914254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7a146ac26147f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f812ef76a94ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ccbc64d04b404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7a146ac26147f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfcadf59dbfd4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f812ef76a94ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EURO Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>249,683</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>