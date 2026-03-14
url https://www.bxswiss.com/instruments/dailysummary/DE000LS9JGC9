--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b61b2870914254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8097d1b1e7b41c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f812ef76a94ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d949ed8f344406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfcadf59dbfd4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f812ef76a94ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a55d1d9dd3410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d949ed8f344406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EURO Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>