--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae9c9c83eb14c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe3a21bdf6d4d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e9c60cf60940b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72733f964ea46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6561e81c3414e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e9c60cf60940b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833b88ea8f704e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72733f964ea46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,563</x:t>
-[...156 lines deleted...]
-          <x:t>87,872</x:t>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,859</x:t>
-[...382 lines deleted...]
-          <x:t>87,875</x:t>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>