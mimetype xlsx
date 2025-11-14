--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe3a21bdf6d4d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea663cab8de241b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72733f964ea46db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc6013ade794488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R833b88ea8f704e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72733f964ea46db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba7056e36c6476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc6013ade794488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,417</x:t>
-[...112 lines deleted...]
-          <x:t>87,588</x:t>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...208 lines deleted...]
-          <x:t>87,943</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>