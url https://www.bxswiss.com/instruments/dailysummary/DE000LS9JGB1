--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea663cab8de241b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fd7541ca554e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc6013ade794488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ca55bfc85249ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba7056e36c6476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc6013ade794488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589270eb992749ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ca55bfc85249ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>89,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>