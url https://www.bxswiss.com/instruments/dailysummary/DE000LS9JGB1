--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5fd7541ca554e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f07eacab74b4789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ca55bfc85249ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9929efb317a04ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589270eb992749ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ca55bfc85249ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fa270bbd694ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9929efb317a04ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>93,394</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>