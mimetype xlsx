--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f07eacab74b4789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbbf96e2b0c4bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9929efb317a04ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8480bc254f934328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fa270bbd694ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9929efb317a04ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc635577d0c4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8480bc254f934328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Dividenden und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>