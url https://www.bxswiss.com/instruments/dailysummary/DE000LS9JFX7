--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88acf5af6e94ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c44c126cb74a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e6128a4d0d4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1a94cb1832413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5850cc9ae9bd43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e6128a4d0d4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d735b5b71040ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1a94cb1832413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmenswerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>138,388</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>140,613</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>