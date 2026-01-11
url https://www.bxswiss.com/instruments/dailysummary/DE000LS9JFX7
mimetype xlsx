--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c44c126cb74a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R039cd29250ea4998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1a94cb1832413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a3609f8517f4796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d735b5b71040ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1a94cb1832413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eacd0c6143b4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a3609f8517f4796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmenswerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,712</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>138,851</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,317</x:t>
-[...188 lines deleted...]
-          <x:t>136,933</x:t>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>