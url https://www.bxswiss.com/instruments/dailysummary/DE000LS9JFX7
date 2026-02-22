--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R039cd29250ea4998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R220dd4428da64d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a3609f8517f4796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c4ecfc2d76a4621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eacd0c6143b4812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a3609f8517f4796" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11577572c12f4c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c4ecfc2d76a4621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmenswerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,130</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>