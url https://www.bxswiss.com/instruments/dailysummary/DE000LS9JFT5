--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R669f84db2aca4e12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6212a8c9443344b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c8349bb35b84bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb35d4bc36f4b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2634de7a365d4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c8349bb35b84bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fd8574f8964729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb35d4bc36f4b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>