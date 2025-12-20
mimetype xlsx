--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6212a8c9443344b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bd08d34fd14ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb35d4bc36f4b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61abb9ef1d14402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8fd8574f8964729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb35d4bc36f4b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19eb8ba9e68840cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61abb9ef1d14402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,195</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>