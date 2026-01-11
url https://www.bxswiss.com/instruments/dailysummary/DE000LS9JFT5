--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bd08d34fd14ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c45c9c7ddd4146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc61abb9ef1d14402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc375fd722824239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19eb8ba9e68840cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc61abb9ef1d14402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb910913fc0c44654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc375fd722824239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>