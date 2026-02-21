--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c45c9c7ddd4146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619762e3db784e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc375fd722824239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fabf906d1ed4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb910913fc0c44654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc375fd722824239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe99cf2a8f140c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fabf906d1ed4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>226,691</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>