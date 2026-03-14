--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619762e3db784e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18df70f500df4a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fabf906d1ed4050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6607b9e41542c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe99cf2a8f140c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fabf906d1ed4050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc50e332b12947cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6607b9e41542c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>