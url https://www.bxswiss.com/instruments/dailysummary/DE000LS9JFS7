--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe69af879e8646d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcd577e124b4fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59eeeb733fe840f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad09a5f426204b2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e774d3cd0d4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59eeeb733fe840f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ce055a7c4c4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad09a5f426204b2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,114</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,264</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>