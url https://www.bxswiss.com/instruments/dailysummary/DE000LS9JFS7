--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcd577e124b4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7774bb7ddca48d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad09a5f426204b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a529316396c4aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ce055a7c4c4b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad09a5f426204b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444b732dbc2a4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a529316396c4aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,178</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>90,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,296</x:t>
-[...107 lines deleted...]
-          <x:t>90,217</x:t>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,018</x:t>
-[...156 lines deleted...]
-          <x:t>89,655</x:t>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,752</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>89,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>