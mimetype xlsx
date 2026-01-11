--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7774bb7ddca48d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984bd079f120460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a529316396c4aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932cac4dc9874c61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R444b732dbc2a4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a529316396c4aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf564ca0ffe58413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932cac4dc9874c61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>89,599</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,453</x:t>
-[...556 lines deleted...]
-          <x:t>89,752</x:t>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,673</x:t>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>