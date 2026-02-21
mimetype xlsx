--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984bd079f120460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeff372903324467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932cac4dc9874c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93e30c307bb4373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf564ca0ffe58413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932cac4dc9874c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fc64433ab440f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93e30c307bb4373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,647</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>