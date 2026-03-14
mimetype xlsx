--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeff372903324467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ba13d98c2946fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93e30c307bb4373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f5b59ffa274ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fc64433ab440f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93e30c307bb4373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec587cd5309499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f5b59ffa274ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>