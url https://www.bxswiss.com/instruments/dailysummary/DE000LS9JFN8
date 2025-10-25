--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262dddc3ed604170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124fb05d4dd54566" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78db21763a94c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bacb2a7dca4892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6949c0b2e544f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78db21763a94c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984f371120ac4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bacb2a7dca4892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L.a.S. Einfach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>509,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>