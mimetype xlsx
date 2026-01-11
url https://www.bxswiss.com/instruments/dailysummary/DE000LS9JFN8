--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124fb05d4dd54566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64428c8ff0014d03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bacb2a7dca4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40aae0085fcb40f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R984f371120ac4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bacb2a7dca4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c8a68199ef4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40aae0085fcb40f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L.a.S. Einfach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>464,518</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>