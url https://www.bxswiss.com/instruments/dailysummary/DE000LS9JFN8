--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64428c8ff0014d03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a508c9fcfe4774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40aae0085fcb40f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08515cfe86dd42fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c8a68199ef4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40aae0085fcb40f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4631e9c41d41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08515cfe86dd42fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L.a.S. Einfach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>498,495</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>