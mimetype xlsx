--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a508c9fcfe4774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc551cc14b63844fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08515cfe86dd42fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747bdc28044c4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4631e9c41d41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08515cfe86dd42fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9573ff6f66834da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747bdc28044c4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L.a.S. Einfach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>