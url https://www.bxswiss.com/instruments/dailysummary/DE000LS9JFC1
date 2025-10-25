--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bdc93deb994217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1276861d873840d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9996cdeea44a4f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a37ac1c5d0485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e28bb912d54def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9996cdeea44a4f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf1d8c9fa5749e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a37ac1c5d0485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>606,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>599,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>601,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>633,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>