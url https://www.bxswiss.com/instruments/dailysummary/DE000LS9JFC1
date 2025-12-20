--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1276861d873840d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1cd536ef6664272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a37ac1c5d0485d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63f281723734ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf1d8c9fa5749e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a37ac1c5d0485d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dea1723f6534392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63f281723734ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>617,588</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>