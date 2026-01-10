--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1cd536ef6664272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c560eb70ce49aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63f281723734ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5941c5f741234a75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dea1723f6534392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63f281723734ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333b2de278804335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5941c5f741234a75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>609,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>580,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>592,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>