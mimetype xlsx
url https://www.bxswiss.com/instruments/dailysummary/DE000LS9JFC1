--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c560eb70ce49aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429980e7794049f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5941c5f741234a75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re641eb863f7e4934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333b2de278804335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5941c5f741234a75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937354be930f4bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re641eb863f7e4934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>611,877</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>