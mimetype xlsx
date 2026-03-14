--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429980e7794049f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720ee950e3464f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re641eb863f7e4934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43fc822866c64ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937354be930f4bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re641eb863f7e4934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ef725797144487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43fc822866c64ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>598,032</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>596,994</x:t>
-[...377 lines deleted...]
-          <x:t>584,356</x:t>
+          <x:t>574,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>