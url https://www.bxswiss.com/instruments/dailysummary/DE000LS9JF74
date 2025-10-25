--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d2d00ecef8477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70657e95f7f4581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9890af92096e4b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf88f4a67c4145e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1adce4619f5046a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9890af92096e4b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f127681c024002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf88f4a67c4145e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>