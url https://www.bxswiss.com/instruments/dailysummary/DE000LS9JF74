--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70657e95f7f4581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e689a991dd4005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf88f4a67c4145e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e2b72e6e654ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f127681c024002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf88f4a67c4145e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafbc27d8d644464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e2b72e6e654ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>192,561</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,898</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,227</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>