--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e689a991dd4005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785db4727b844c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22e2b72e6e654ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18be214f285a4ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafbc27d8d644464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22e2b72e6e654ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d7691b4add4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18be214f285a4ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,322</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>