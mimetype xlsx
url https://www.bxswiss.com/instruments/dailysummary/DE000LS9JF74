--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785db4727b844c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d5434c3d1649ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18be214f285a4ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f11faf0e68445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d7691b4add4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18be214f285a4ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472dd1e0a3474153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f11faf0e68445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>