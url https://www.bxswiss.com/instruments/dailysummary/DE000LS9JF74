--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80d5434c3d1649ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd046ff45c8104fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3f11faf0e68445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c58d701e0d340a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472dd1e0a3474153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3f11faf0e68445a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30777411b9ec4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c58d701e0d340a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>223,781</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>