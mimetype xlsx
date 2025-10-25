--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5883b5de83ca4a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95bd6194edc4115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d01695329340b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb4fddb71654b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8482e510adb24221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d01695329340b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c45668761904a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb4fddb71654b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFKR 30 zu 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,643</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>200,692</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>