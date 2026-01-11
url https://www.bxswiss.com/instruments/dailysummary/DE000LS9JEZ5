--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95bd6194edc4115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d70f1e56d7042da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb4fddb71654b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167ac6748d7d4ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c45668761904a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb4fddb71654b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a16d3111bde4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167ac6748d7d4ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFKR 30 zu 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>197,304</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>