--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d70f1e56d7042da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb389917680054968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167ac6748d7d4ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aaf6646de1e432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a16d3111bde4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167ac6748d7d4ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac33f007a91e424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aaf6646de1e432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFKR 30 zu 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>220,948</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>