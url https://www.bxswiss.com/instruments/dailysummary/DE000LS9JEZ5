--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb389917680054968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02ffc8db940f46d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aaf6646de1e432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc768edddcb54f8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac33f007a91e424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aaf6646de1e432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74f09c1117b94f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc768edddcb54f8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFKR 30 zu 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>