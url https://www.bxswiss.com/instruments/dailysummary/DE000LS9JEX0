--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd33824d991c46c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365d19ced092465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471a0ab2c4cb4edc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b51099290214aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1abfb714d834e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471a0ab2c4cb4edc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb62dd8f933f49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b51099290214aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Energiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>8,640</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,178</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,804</x:t>
-[...171 lines deleted...]
-          <x:t>9,498</x:t>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>