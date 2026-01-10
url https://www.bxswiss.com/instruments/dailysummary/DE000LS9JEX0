--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365d19ced092465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a142021883405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b51099290214aec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e7f1ffe7b7426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb62dd8f933f49f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b51099290214aec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6415d40102640eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e7f1ffe7b7426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Energiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>10,152</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,019</x:t>
-[...264 lines deleted...]
-          <x:t>10,657</x:t>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,955</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>10,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>