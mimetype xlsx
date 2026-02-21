--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a142021883405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e6d579d1e747cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e7f1ffe7b7426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d0067d5bff4241"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6415d40102640eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e7f1ffe7b7426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7769caee2884167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d0067d5bff4241" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Energiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,398</x:t>
-[...36 lines deleted...]
-          <x:t>10,955</x:t>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>