--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e6d579d1e747cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266a1702f4404aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d0067d5bff4241"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d12e2928f234388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7769caee2884167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d0067d5bff4241" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b71efa97ff943a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d12e2928f234388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Energiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>