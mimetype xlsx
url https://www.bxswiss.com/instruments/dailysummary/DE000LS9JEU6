--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f3f6cae816441c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d59005df5c49bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46996edf62c74bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4300b7b131ca4fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b5319e86e84df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46996edf62c74bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee3639245f541d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4300b7b131ca4fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schöne Neue Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>