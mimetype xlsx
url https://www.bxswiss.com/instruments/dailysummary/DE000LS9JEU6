--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d59005df5c49bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c845fd14363483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4300b7b131ca4fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d46c69f80a145a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee3639245f541d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4300b7b131ca4fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1ae08a386e494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d46c69f80a145a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schöne Neue Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>276,707</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>271,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>