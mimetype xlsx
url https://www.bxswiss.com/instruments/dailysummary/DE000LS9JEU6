--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c845fd14363483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafcbd6759b84be9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d46c69f80a145a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc23da246a54458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1ae08a386e494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d46c69f80a145a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b96bf00133c4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc23da246a54458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schöne Neue Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>270,930</x:t>
-[...576 lines deleted...]
-          <x:t>266,863</x:t>
+          <x:t>270,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>