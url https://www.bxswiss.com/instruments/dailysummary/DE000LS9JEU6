--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbafcbd6759b84be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R657976d35f914175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc23da246a54458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba33d54d6cee42a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b96bf00133c4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc23da246a54458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69a3bd86b9c4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba33d54d6cee42a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schöne Neue Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>