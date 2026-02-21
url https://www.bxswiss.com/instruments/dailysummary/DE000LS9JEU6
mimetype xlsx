--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R657976d35f914175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08b7a849bee47a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba33d54d6cee42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daf00c0f9fb4300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69a3bd86b9c4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba33d54d6cee42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd958929c5fd4d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daf00c0f9fb4300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schöne Neue Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>268,615</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>