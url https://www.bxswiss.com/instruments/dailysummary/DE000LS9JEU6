--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08b7a849bee47a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f997a14c64d44b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daf00c0f9fb4300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4072d6bd374959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd958929c5fd4d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daf00c0f9fb4300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a61fd79d4784c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4072d6bd374959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schöne Neue Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>