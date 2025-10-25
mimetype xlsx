--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e870377bc74987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6029357b17d94284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra097ef17095b4599"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c32bcf07944e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96c8641ecebc4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra097ef17095b4599" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R397fd4a47ce147a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c32bcf07944e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BiopharmFolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JES0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,036</x:t>
-[...333 lines deleted...]
-          <x:t>78,318</x:t>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>