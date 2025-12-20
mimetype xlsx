--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6029357b17d94284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe79c441f56b4dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c32bcf07944e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fdb9294cb1143f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R397fd4a47ce147a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c32bcf07944e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4078a4df1b174d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fdb9294cb1143f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BiopharmFolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JES0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>78,161</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,970</x:t>
-[...465 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,132</x:t>
-[...117 lines deleted...]
-          <x:t>77,011</x:t>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>