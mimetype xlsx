--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe79c441f56b4dc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eedbf2bf7114a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fdb9294cb1143f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc66e6bd420eb4349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4078a4df1b174d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fdb9294cb1143f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11b20acd2e04bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc66e6bd420eb4349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BiopharmFolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JES0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,086</x:t>
@@ -764,31 +312,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>