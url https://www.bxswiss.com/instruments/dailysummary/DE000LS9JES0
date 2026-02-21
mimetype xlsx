--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eedbf2bf7114a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1167fdbed894491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc66e6bd420eb4349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57d6f6d53b142e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11b20acd2e04bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc66e6bd420eb4349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54ebce2496d4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57d6f6d53b142e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BiopharmFolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JES0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>77,501</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>