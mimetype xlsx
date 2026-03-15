--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1167fdbed894491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1a8ac0c6994c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57d6f6d53b142e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcf40c244eb4572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54ebce2496d4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57d6f6d53b142e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re659515cd55b491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcf40c244eb4572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BiopharmFolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JES0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...232 lines deleted...]
-          <x:t>76,214</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,941</x:t>
-[...178 lines deleted...]
-          <x:t>75,997</x:t>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,707</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>75,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>