--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6240cca74a38441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce132ffd6984cdf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ac381f68504dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb2852219c1445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a1d707a223c4af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ac381f68504dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R764bbdbfda8f4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb2852219c1445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Germany TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>