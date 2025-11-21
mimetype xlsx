--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce132ffd6984cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b2053156314f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb2852219c1445f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8cdb4a61ce44eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R764bbdbfda8f4dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb2852219c1445f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re20911bc4ecd4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8cdb4a61ce44eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Germany TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>