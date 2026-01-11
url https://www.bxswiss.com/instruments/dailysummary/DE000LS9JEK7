--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45b2053156314f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67145eff76d4a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8cdb4a61ce44eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552eb95bb6464a3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re20911bc4ecd4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8cdb4a61ce44eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra079ead676794798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552eb95bb6464a3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Germany TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>185,785</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>