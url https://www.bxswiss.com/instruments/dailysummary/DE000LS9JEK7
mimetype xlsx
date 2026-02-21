--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67145eff76d4a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7851f2848a474a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R552eb95bb6464a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666941e91ef3415e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra079ead676794798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R552eb95bb6464a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed1a97ab2814c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666941e91ef3415e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Germany TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>196,346</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>