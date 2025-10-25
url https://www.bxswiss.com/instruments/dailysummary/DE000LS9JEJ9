--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e21799a5c1648d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a2862ae7734556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b2f70e8f3c449b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dd4687741e4b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6b79babd1d4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b2f70e8f3c449b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0601a7b2384df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dd4687741e4b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS-Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>163,079</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,336</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...447 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,316</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>