--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a2862ae7734556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f815fbf1f4c44a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dd4687741e4b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede153f5b7f1475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0601a7b2384df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dd4687741e4b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b8916605a94bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede153f5b7f1475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS-Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,534</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>