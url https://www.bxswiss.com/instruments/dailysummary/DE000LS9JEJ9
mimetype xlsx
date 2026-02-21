--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f815fbf1f4c44a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b07e1bdcb164795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede153f5b7f1475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f7a104aa60848ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b8916605a94bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede153f5b7f1475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e90ecaba3dd45f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f7a104aa60848ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS-Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,283</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>