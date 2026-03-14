--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b07e1bdcb164795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502241eaedb14356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f7a104aa60848ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a37eeb98bd4a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e90ecaba3dd45f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f7a104aa60848ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eea613dc0f74594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a37eeb98bd4a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS-Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>