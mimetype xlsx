--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd3721a9c51a4590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768291ba371e4d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbef36de5364c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9edb14a3aba34409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72f905d43ba84064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbef36de5364c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd370b9bb30cc42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9edb14a3aba34409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>127,244</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,077</x:t>
-[...382 lines deleted...]
-          <x:t>127,858</x:t>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>