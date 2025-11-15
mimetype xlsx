--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R768291ba371e4d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4c1957068c4fbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9edb14a3aba34409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e248eba14de4179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd370b9bb30cc42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9edb14a3aba34409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7871d5e0534bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e248eba14de4179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>