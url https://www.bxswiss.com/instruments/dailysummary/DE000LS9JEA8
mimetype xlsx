--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4c1957068c4fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842eff97b2684c78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e248eba14de4179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158aa2fc89304f3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7871d5e0534bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e248eba14de4179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra669a3ceb2d143dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158aa2fc89304f3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,354</x:t>
-[...178 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,319</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>130,214</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,852</x:t>
-[...33 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,228</x:t>
-[...306 lines deleted...]
-          <x:t>128,100</x:t>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>