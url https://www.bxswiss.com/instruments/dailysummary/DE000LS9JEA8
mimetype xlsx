--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842eff97b2684c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda2df17673f4e6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R158aa2fc89304f3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9224996886334cae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra669a3ceb2d143dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R158aa2fc89304f3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa2f84b35d244c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9224996886334cae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,488</x:t>
-[...436 lines deleted...]
-          <x:t>128,283</x:t>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,614</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>128,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>