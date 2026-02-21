--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda2df17673f4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3b60a92aa44b70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9224996886334cae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3e12c89a674978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa2f84b35d244c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9224996886334cae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09096696f91a43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3e12c89a674978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,288</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>