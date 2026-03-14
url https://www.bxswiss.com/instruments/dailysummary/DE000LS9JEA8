--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3b60a92aa44b70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R736137a2a14e4923" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3e12c89a674978"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a13d3ce12604fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09096696f91a43e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3e12c89a674978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9207c9ecaa054944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a13d3ce12604fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>