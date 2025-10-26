--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5245350fdb4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ff24ec451d4b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5990db5492dd4cc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5115b35ea0244ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc426090178634090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5990db5492dd4cc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c76d51963cf497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5115b35ea0244ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASO feat MF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JE18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>117,780</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,602</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>117,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>121,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>