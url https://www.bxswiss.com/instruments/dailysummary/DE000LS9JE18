--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ff24ec451d4b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b9071bd4c747c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5115b35ea0244ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fa5981e0a54bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c76d51963cf497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5115b35ea0244ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cee56e2c4604725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fa5981e0a54bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASO feat MF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JE18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,453</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>