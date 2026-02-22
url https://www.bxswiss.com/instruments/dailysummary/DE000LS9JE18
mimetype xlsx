--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b9071bd4c747c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9163668de884a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fa5981e0a54bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf971e6c70dc64b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cee56e2c4604725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fa5981e0a54bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92e99f45e8745bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf971e6c70dc64b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASO feat MF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JE18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>122,062</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>124,277</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>