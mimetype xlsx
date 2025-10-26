--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b21c8e1a444e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7adc3ce6f1f4abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e4eddad77214c7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra68440dceafd4437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd073445ae61482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e4eddad77214c7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raedd651fcef7419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra68440dceafd4437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preiswert abfischen 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>151,054</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,443</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>150,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,711</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>