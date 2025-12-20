--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7adc3ce6f1f4abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b2d4681ac54202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra68440dceafd4437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c7c12dd6c94d75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raedd651fcef7419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra68440dceafd4437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b62a9b7e3e40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c7c12dd6c94d75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preiswert abfischen 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,238</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>