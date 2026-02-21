--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b2d4681ac54202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332f6b2087c642d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c7c12dd6c94d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd996598e3dc347b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b62a9b7e3e40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c7c12dd6c94d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312c57d1250b4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd996598e3dc347b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preiswert abfischen 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,404</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>