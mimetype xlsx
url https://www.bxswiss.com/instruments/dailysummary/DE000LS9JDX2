--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332f6b2087c642d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc26f0a018d4d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd996598e3dc347b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1dece97ac684888"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312c57d1250b4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd996598e3dc347b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667627beaaf24aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1dece97ac684888" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preiswert abfischen 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>