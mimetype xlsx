--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dcdda63e7a44dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cdae19c81f340c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e987bf1be543fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72806c86d0e44613"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da19acae1ab4e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e987bf1be543fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21d5954c975b4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72806c86d0e44613" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>langweilige Dauerläufer 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>177,334</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,371</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>174,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,064</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>