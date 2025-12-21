--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cdae19c81f340c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee8f90f990443d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72806c86d0e44613"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba39a9b532a4afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21d5954c975b4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72806c86d0e44613" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e12e05027a6439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba39a9b532a4afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>langweilige Dauerläufer 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,947</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>