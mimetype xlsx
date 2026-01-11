--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee8f90f990443d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821d245482f44599" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba39a9b532a4afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbf2899961e74f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e12e05027a6439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba39a9b532a4afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9d5ab4825949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbf2899961e74f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>langweilige Dauerläufer 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>