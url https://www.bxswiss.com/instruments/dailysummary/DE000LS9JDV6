--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821d245482f44599" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ae55a032f44ba2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbf2899961e74f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d0f1224295475a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9d5ab4825949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbf2899961e74f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45dc88def4aa4722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d0f1224295475a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>langweilige Dauerläufer 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,327</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>