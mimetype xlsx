--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ae55a032f44ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b18309ab4ea4879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d0f1224295475a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaebec461aa446a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45dc88def4aa4722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d0f1224295475a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2df292be8a14cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaebec461aa446a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>langweilige Dauerläufer 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>