--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4b294d6fa9445fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c8d53f44d943a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce241b8720044cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5d1caa755a4164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b693aaab7d4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce241b8720044cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a57ce8831b4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5d1caa755a4164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WWEnergy-Resources-Water&amp;Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,683</x:t>
-[...305 lines deleted...]
-        <x:is>
           <x:t>145,813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,784</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>