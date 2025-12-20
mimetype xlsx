--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c8d53f44d943a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf1048174e04dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5d1caa755a4164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a74bff54d5344f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a57ce8831b4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5d1caa755a4164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd636c01534f84eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a74bff54d5344f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WWEnergy-Resources-Water&amp;Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,460</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>