--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf1048174e04dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf43c097f8c4dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a74bff54d5344f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6c552b5e8445d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd636c01534f84eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a74bff54d5344f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c118ac029e44154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6c552b5e8445d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WWEnergy-Resources-Water&amp;Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>