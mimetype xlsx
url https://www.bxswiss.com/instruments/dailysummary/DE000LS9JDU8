--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf43c097f8c4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3d660fdcfe4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6c552b5e8445d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e6693bce4146cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c118ac029e44154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6c552b5e8445d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43af6c64f8404fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e6693bce4146cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WWEnergy-Resources-Water&amp;Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>157,216</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>