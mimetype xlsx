--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3d660fdcfe4ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d41012ef8a47bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e6693bce4146cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24412e24bb74478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43af6c64f8404fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e6693bce4146cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65d831f31c484f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24412e24bb74478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WWEnergy-Resources-Water&amp;Div</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>