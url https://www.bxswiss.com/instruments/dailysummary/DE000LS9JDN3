--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04bb8b2e62ac4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea4afadc90c4598" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd72b20b2cce43d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50eb7d1689b84307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5b768d632dc4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd72b20b2cce43d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572de9ae495b42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50eb7d1689b84307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAtch The CHance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>