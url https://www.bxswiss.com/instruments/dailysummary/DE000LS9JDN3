--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea4afadc90c4598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeea2ba530234b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50eb7d1689b84307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63fc5ba53494993"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572de9ae495b42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50eb7d1689b84307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27dbffca48144bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63fc5ba53494993" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAtch The CHance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>192,573</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>