--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeea2ba530234b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0596b91bc944cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63fc5ba53494993"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a29f04774604108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27dbffca48144bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63fc5ba53494993" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2273acea20a4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a29f04774604108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAtch The CHance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>198,745</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>