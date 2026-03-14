--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0596b91bc944cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613595029432427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a29f04774604108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf774386198d44420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2273acea20a4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a29f04774604108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb976717b55d459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf774386198d44420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAtch The CHance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>