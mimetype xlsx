--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f09310334340e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6d83ff474d49be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R029c121021ea42b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8adfca26163d43de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e06153d2e08496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R029c121021ea42b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda628ba57c484a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8adfca26163d43de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,338</x:t>
-[...328 lines deleted...]
-          <x:t>72,246</x:t>
+          <x:t>73,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,048</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>73,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>