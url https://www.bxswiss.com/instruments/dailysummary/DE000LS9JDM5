--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6d83ff474d49be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f64689c10d24d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8adfca26163d43de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re185e006dcde4c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda628ba57c484a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8adfca26163d43de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3be10aee0f4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re185e006dcde4c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>75,454</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>