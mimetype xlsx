--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f64689c10d24d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce845bf945fb45e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re185e006dcde4c6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94c05743eb14b71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3be10aee0f4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re185e006dcde4c6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ff5a30d4dd486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94c05743eb14b71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>64,830</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,320</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>