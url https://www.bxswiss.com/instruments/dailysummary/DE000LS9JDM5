--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce845bf945fb45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d6381d232f4cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94c05743eb14b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f146fff9c34d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ff5a30d4dd486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94c05743eb14b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdbf9888eca4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f146fff9c34d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>64,733</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>