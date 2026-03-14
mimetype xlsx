--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d6381d232f4cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cfbc404715a43f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f146fff9c34d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd7675759244e0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdbf9888eca4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f146fff9c34d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33f638080ba455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd7675759244e0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>65,779</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>