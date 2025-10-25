--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a58b5339d14ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef47467f5c344b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41dfdba2a504b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfb35ce2309425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4481a0c763574043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41dfdba2a504b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R238633bd7444454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfb35ce2309425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>