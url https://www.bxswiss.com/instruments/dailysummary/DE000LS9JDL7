--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef47467f5c344b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e8ecad5fd24e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfb35ce2309425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4563d6b9ede4ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R238633bd7444454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfb35ce2309425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1e3eabee6343d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4563d6b9ede4ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>271,904</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>