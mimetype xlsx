--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86e8ecad5fd24e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592e1491f52d46a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4563d6b9ede4ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c847f0058ed4dd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1e3eabee6343d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4563d6b9ede4ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc50cd302f814b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c847f0058ed4dd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>282,283</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>