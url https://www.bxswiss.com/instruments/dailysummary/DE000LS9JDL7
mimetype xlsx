--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592e1491f52d46a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba879e9be1834146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c847f0058ed4dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbf2cb5a09ca482b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc50cd302f814b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c847f0058ed4dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ebd6932bb94791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbf2cb5a09ca482b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>