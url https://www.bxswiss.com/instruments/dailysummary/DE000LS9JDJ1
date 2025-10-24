--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0280fed0a0b44bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fcf52922fcd4ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd3d863a9724538"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0927aeb74595432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59d4f5280bf14dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd3d863a9724538" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74755937a4944f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0927aeb74595432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Global Energy Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>