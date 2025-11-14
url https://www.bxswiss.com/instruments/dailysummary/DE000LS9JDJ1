--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fcf52922fcd4ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bcbb1558914bd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0927aeb74595432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764aaae146294ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra74755937a4944f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0927aeb74595432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c993bf55824d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764aaae146294ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Global Energy Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>116,839</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,614</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>113,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,959</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>