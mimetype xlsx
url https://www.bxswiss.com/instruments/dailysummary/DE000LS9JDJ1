--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bcbb1558914bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907c9cf667d64a82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764aaae146294ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R644c756ca6684d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c993bf55824d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764aaae146294ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea1151c445045c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R644c756ca6684d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Global Energy Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,241</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>