--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907c9cf667d64a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e49a08ec7b741f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R644c756ca6684d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2298227971464f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea1151c445045c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R644c756ca6684d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0ac55d4e5f4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2298227971464f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Global Energy Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,724</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>