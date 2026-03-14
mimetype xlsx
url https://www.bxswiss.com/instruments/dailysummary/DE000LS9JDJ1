--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e49a08ec7b741f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R169033e15a304d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2298227971464f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa3a90c1f301412a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0ac55d4e5f4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2298227971464f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f490a9123184e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa3a90c1f301412a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Global Energy Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>127,624</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,108</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,376</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>131,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,381</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>