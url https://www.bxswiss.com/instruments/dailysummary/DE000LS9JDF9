--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda94b898ea64c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba50587358104cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91bde415a997437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a92f32f41f428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03605a31414e41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91bde415a997437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac16f79389f445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a92f32f41f428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge-Strategie Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>