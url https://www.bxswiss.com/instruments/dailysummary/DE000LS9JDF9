--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba50587358104cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eab625fb224560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a92f32f41f428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc864e96b1757435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac16f79389f445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a92f32f41f428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4a89b7b4ae4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc864e96b1757435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge-Strategie Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,307</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>