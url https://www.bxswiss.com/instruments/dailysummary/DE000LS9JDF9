--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eab625fb224560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc53b204bf0437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc864e96b1757435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e1dcf35db346de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4a89b7b4ae4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc864e96b1757435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce4c7afb4b346ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e1dcf35db346de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge-Strategie Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>177,961</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>