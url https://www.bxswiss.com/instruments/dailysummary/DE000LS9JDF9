--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc53b204bf0437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0ad314aa954cfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e1dcf35db346de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reebe4c07aa4b496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce4c7afb4b346ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e1dcf35db346de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R311642e336804f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reebe4c07aa4b496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge-Strategie Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>