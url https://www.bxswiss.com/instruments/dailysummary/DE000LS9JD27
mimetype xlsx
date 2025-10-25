--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce48f617d40b4457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2bf54fdd144d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re83aa404f4b0423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0fd586a08104e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ccd0c6e24043f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re83aa404f4b0423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re984fe38d64e4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0fd586a08104e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JD27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>876,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>883,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>869,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>871,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>887,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>890,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>859,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>