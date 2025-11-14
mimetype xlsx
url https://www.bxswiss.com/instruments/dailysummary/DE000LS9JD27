--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2bf54fdd144d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2797a007f7624d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0fd586a08104e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfaf7b07aa054fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re984fe38d64e4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0fd586a08104e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb9afc6ac0c4a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfaf7b07aa054fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JD27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>875,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>859,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>869,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>899,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>904,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>886,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>890,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>