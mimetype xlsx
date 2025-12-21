--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2797a007f7624d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f81f0e44dd4f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfaf7b07aa054fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c45b7464b3947f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb9afc6ac0c4a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfaf7b07aa054fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142fd7363c42413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c45b7464b3947f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JD27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>806,521</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>