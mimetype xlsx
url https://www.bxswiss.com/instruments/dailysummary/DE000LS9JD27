--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f81f0e44dd4f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121772c6bd8641d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c45b7464b3947f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cbbed689de4c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142fd7363c42413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c45b7464b3947f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b651ab6a29e443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cbbed689de4c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JD27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>884,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>885,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>871,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>875,879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>930,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>933,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>916,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>922,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>