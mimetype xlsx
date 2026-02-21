--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121772c6bd8641d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd090fa9978d8479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3cbbed689de4c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77de8a3026834f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b651ab6a29e443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3cbbed689de4c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6238d9df15034925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77de8a3026834f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JD27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>883,140</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>