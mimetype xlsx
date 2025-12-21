--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a40944c0c0e43b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6265acce3cf4f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b86f5a912954083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83ffedadeab48ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1a33313b7c94113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b86f5a912954083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d8b713cfb364cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83ffedadeab48ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoffnungsvoll</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>213,754</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,956</x:t>
-[...156 lines deleted...]
-          <x:t>214,250</x:t>
+          <x:t>215,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,448</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>214,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>