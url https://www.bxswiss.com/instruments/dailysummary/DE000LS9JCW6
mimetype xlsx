--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6265acce3cf4f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73333d6bc8f04156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83ffedadeab48ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c295e27404f4a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d8b713cfb364cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83ffedadeab48ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0801698e82a74959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c295e27404f4a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoffnungsvoll</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>