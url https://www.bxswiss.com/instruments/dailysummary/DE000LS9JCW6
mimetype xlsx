--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73333d6bc8f04156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc418e1df0b6f4a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c295e27404f4a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66809c5499d437b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0801698e82a74959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c295e27404f4a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92032ed619f64d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66809c5499d437b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoffnungsvoll</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>222,562</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>