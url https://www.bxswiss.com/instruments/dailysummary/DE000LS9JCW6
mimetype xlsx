--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc418e1df0b6f4a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811f152e268e491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66809c5499d437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a17aed2330497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92032ed619f64d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66809c5499d437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaa7fb484a7049f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a17aed2330497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoffnungsvoll</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>