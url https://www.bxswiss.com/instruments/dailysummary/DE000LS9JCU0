--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0847175d00af4c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf64745b4f1354651" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8a3c4156574a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fad95dd68c425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb009143ca8704d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8a3c4156574a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2a0e15a2b6487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fad95dd68c425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>134,762</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,294</x:t>
-[...252 lines deleted...]
-          <x:t>136,148</x:t>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>