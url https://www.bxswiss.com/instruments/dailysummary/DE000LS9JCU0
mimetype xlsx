--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf64745b4f1354651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3674ea8dc30c4790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fad95dd68c425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503428130c194c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2a0e15a2b6487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fad95dd68c425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc555008312d0498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503428130c194c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,016</x:t>
-[...333 lines deleted...]
-          <x:t>136,549</x:t>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>