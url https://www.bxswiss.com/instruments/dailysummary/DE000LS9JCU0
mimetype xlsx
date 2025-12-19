--- v2 (2025-11-21)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3674ea8dc30c4790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470fb24fb52a4aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503428130c194c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e176a9f34b04b76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc555008312d0498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503428130c194c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e6a1ad69a34f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e176a9f34b04b76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>133,889</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>133,047</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>