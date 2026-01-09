--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470fb24fb52a4aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17eda6ab37024223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e176a9f34b04b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d313bfb403443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e6a1ad69a34f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e176a9f34b04b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971928c5316a4d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d313bfb403443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>