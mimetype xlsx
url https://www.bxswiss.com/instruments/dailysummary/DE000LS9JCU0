--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17eda6ab37024223" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109a85d70f5049a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d313bfb403443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa47aeef7284e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971928c5316a4d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d313bfb403443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re352457b1b5c4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa47aeef7284e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,108</x:t>
-[...333 lines deleted...]
-          <x:t>129,700</x:t>
+          <x:t>129,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>