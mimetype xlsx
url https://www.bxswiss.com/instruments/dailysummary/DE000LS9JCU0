--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109a85d70f5049a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ef38bebd92c48ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa47aeef7284e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2827cdff99f4164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re352457b1b5c4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa47aeef7284e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23bf83bc25174a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2827cdff99f4164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>