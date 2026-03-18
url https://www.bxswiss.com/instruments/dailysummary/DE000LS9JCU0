--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ef38bebd92c48ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d39717038c948c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2827cdff99f4164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra87ae963ebbb4de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23bf83bc25174a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2827cdff99f4164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a0625ca69ab4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra87ae963ebbb4de0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,810</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>122,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>