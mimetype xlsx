--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b17e0a86b3b4c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6452589aa3374af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9e2cebf29fd4d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R663ca36c856242ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62bd55751b94e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9e2cebf29fd4d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5d1205205240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R663ca36c856242ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>