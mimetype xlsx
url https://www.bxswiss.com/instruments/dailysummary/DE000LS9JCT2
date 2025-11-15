--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6452589aa3374af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48cab119d8bf4a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R663ca36c856242ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d4189202ebb4bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e5d1205205240f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R663ca36c856242ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb2f220a8144e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d4189202ebb4bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>