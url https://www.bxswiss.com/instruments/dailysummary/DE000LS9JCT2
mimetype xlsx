--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48cab119d8bf4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32b053489374d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d4189202ebb4bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7609a1f8b3d457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdb2f220a8144e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d4189202ebb4bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra257f397e0884b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7609a1f8b3d457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>238,489</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>