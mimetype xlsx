--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32b053489374d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb2d18ba74b4046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7609a1f8b3d457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bbd48dfdf343fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra257f397e0884b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7609a1f8b3d457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c61b6578814ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bbd48dfdf343fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>243,363</x:t>
-[...70 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,239</x:t>
-[...333 lines deleted...]
-          <x:t>242,172</x:t>
+          <x:t>242,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>