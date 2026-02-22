--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb2d18ba74b4046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c475e40a464fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bbd48dfdf343fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771b2d46bb1e475b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c61b6578814ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bbd48dfdf343fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c30633e9ada44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771b2d46bb1e475b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>238,910</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>