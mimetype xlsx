--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c475e40a464fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd0edbfbfe14066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771b2d46bb1e475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd45433163e8e426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c30633e9ada44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771b2d46bb1e475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4438423bdb2e43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd45433163e8e426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>