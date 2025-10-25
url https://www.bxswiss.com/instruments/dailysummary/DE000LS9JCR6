--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099a68b0533d4445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfad5b8248d746f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b04d90750984645"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71fa544f9e1e424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd620efb1444d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b04d90750984645" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4c5539a1294571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71fa544f9e1e424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,203</x:t>
-[...53 lines deleted...]
-          <x:t>181,114</x:t>
+          <x:t>181,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,049</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>180,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,361</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>