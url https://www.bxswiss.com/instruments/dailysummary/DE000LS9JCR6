--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfad5b8248d746f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed6f6476331476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71fa544f9e1e424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc1b49f231b4bc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4c5539a1294571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71fa544f9e1e424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ccdc4b1461412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc1b49f231b4bc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>