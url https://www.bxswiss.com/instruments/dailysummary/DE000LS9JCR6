--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed6f6476331476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51baa039f6844f56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc1b49f231b4bc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5369b4e76d4e4e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ccdc4b1461412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc1b49f231b4bc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9131a2dcf1834a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5369b4e76d4e4e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...463 lines deleted...]
-          <x:t>179,958</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,943</x:t>
-[...166 lines deleted...]
-          <x:t>178,388</x:t>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>