--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51baa039f6844f56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134542779654417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5369b4e76d4e4e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1451049158e14600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9131a2dcf1834a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5369b4e76d4e4e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1091bb7e23b4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1451049158e14600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>179,962</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,669</x:t>
-[...566 lines deleted...]
-          <x:t>180,110</x:t>
+          <x:t>179,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>