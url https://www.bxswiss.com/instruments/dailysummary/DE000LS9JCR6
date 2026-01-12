--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134542779654417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e52debca81d4e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1451049158e14600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b34f37ca3c446df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1091bb7e23b4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1451049158e14600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069175b6a2194ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b34f37ca3c446df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>