--- v5 (2026-01-12)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e52debca81d4e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d77d3bf8bf440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b34f37ca3c446df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae1299663ff4abb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069175b6a2194ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b34f37ca3c446df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27be60fe2da4b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae1299663ff4abb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>180,059</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>