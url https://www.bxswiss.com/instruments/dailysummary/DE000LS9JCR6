--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d77d3bf8bf440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338871c8dd7c48ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae1299663ff4abb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf294694939348fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27be60fe2da4b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae1299663ff4abb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e15f4b6b96455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf294694939348fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 10 TecDax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>