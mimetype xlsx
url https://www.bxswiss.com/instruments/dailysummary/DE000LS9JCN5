--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1bb2013338f4c07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c14f0bc4550455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5458f2ab7fab4e39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2ac1d31ebc748b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree901aa90618453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5458f2ab7fab4e39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe9ca9ce04c4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2ac1d31ebc748b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>