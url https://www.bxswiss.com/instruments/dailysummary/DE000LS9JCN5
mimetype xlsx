--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c14f0bc4550455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1cff04f59e4cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2ac1d31ebc748b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8e4733768f4b61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe9ca9ce04c4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2ac1d31ebc748b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf04f7dfc9054cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8e4733768f4b61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,274</x:t>
-[...360 lines deleted...]
-          <x:t>155,299</x:t>
+          <x:t>155,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>