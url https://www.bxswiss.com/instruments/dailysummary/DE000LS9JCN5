--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1cff04f59e4cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a929dfd9ecc441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8e4733768f4b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5add92ad9f2447eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf04f7dfc9054cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8e4733768f4b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2ac31840664969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5add92ad9f2447eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>