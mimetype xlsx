--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a929dfd9ecc441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3603e1a209549ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5add92ad9f2447eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602299539252488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2ac31840664969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5add92ad9f2447eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5ff1f3ff0a430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602299539252488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>