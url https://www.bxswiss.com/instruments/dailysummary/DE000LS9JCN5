--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3603e1a209549ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537465a25ea445a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602299539252488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10dec97f993940db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5ff1f3ff0a430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602299539252488e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45cd0f83a5cb4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10dec97f993940db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>157,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>159,743</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>