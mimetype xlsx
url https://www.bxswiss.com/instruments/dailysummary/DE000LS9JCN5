--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537465a25ea445a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d80c11104944984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10dec97f993940db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5175107677864caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45cd0f83a5cb4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10dec97f993940db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd82273f899f94971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5175107677864caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>