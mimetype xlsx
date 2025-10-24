--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc752173a01894491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2327b8c3514ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c0fa4e7f9547f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1177eacdf584c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aa8dd9684324d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c0fa4e7f9547f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea409f6790045f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1177eacdf584c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NASDAQ-100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,898</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>77,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,748</x:t>
-[...220 lines deleted...]
-          <x:t>77,781</x:t>
+          <x:t>77,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>