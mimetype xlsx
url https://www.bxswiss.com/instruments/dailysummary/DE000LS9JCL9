--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2327b8c3514ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R461cdfc99ee54795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1177eacdf584c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961e626e29af42ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea409f6790045f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1177eacdf584c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35990ab734604164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961e626e29af42ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NASDAQ-100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,842</x:t>
-[...4 lines deleted...]
-          <x:t>77,609</x:t>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>76,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>