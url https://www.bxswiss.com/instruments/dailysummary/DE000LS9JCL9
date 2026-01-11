--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R461cdfc99ee54795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a8f8ec1e4b402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R961e626e29af42ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1991c8ef9b4ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35990ab734604164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R961e626e29af42ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261625539fdc4250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1991c8ef9b4ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NASDAQ-100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>77,343</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,217</x:t>
-[...566 lines deleted...]
-          <x:t>77,407</x:t>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>