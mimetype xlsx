--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a8f8ec1e4b402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7d915eb03041e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1991c8ef9b4ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c376ebb0611408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261625539fdc4250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1991c8ef9b4ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf34ba10eff4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c376ebb0611408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NASDAQ-100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>77,385</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>