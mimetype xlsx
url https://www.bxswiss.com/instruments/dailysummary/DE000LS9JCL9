--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f7d915eb03041e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f7ebab3e344110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c376ebb0611408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab39787aeb774238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf34ba10eff4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c376ebb0611408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4a90e8eee948b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab39787aeb774238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NASDAQ-100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>