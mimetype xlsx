--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7c40bda941494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2461d88d07bf4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802cf097ea3d4ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b4f48a71424912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee8ad02040c4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802cf097ea3d4ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23d723fbf7f4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b4f48a71424912" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>