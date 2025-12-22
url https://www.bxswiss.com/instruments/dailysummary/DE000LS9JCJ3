--- v1 (2025-10-25)
+++ v2 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2461d88d07bf4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d96d3d649194d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b4f48a71424912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14d5e36a05c4687"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23d723fbf7f4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b4f48a71424912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a79737879e4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14d5e36a05c4687" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>195,284</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>