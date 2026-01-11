--- v2 (2025-12-22)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d96d3d649194d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc93598b5b44ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14d5e36a05c4687"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62db99e3f96e4ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a79737879e4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14d5e36a05c4687" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b54f66c1ddc400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62db99e3f96e4ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>