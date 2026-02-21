--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc93598b5b44ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ff31d51dbc41dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62db99e3f96e4ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05131ea007004f8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b54f66c1ddc400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62db99e3f96e4ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R783a143b292c4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05131ea007004f8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>211,844</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>