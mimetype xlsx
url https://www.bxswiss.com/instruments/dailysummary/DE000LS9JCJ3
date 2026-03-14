--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68ff31d51dbc41dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d3b6f4f6bb4991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05131ea007004f8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851f70a927c3455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R783a143b292c4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05131ea007004f8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716a1bdbfd6441bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851f70a927c3455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>