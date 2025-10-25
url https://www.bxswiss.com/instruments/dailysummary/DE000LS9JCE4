--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172f08fe03f240b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898277365daa44ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50be3e26c00f4b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9360ca38a9f24483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7847b16d72024be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50be3e26c00f4b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e4a4f014e24162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9360ca38a9f24483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Innovation (balanced)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>92,403</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>92,391</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,587</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>92,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>