--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898277365daa44ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1916c7a95384120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9360ca38a9f24483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f73f3454daa4227"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e4a4f014e24162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9360ca38a9f24483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92bcd8fd39874e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f73f3454daa4227" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Innovation (balanced)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>