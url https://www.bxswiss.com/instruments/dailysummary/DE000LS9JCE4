--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1916c7a95384120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb957f4d891074f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f73f3454daa4227"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra647cd87b48e4448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92bcd8fd39874e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f73f3454daa4227" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b8bc874b3b4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra647cd87b48e4448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Innovation (balanced)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>92,203</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,973</x:t>
-[...350 lines deleted...]
-          <x:t>91,968</x:t>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,221</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>91,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>