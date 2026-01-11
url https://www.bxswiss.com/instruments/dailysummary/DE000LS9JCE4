--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb957f4d891074f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0866308c4194c92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra647cd87b48e4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4117e805ae7e4d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b8bc874b3b4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra647cd87b48e4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241fd0321ff4459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4117e805ae7e4d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Innovation (balanced)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>92,144</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,994</x:t>
-[...556 lines deleted...]
-          <x:t>92,301</x:t>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,221</x:t>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>