--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0866308c4194c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5418c3fab94322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4117e805ae7e4d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e5fa5ad3bc4f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241fd0321ff4459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4117e805ae7e4d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea2e3673bf64a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e5fa5ad3bc4f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Innovation (balanced)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,193</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>