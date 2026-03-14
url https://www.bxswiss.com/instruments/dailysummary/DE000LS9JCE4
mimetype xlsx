--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5418c3fab94322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3122bbe1106643e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e5fa5ad3bc4f20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15c9f218af84160"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea2e3673bf64a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e5fa5ad3bc4f20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra75a507062124c51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15c9f218af84160" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Innovation (balanced)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>