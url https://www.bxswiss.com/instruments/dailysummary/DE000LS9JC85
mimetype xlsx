--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15c15cd11284d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2321692f46544a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce6f81bdb31649ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd2060eb0814c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10ab1102eb44f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce6f81bdb31649ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6970570d1a4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd2060eb0814c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>