--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2321692f46544a94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06778fe9a48746df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd2060eb0814c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd595637a1fab4aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6970570d1a4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd2060eb0814c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf18d3ffd7249ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd595637a1fab4aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,565</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>