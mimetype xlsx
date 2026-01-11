--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06778fe9a48746df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R610cabd917c7497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd595637a1fab4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14002ccb96bc474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf18d3ffd7249ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd595637a1fab4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca87a931ff4c4afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14002ccb96bc474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>