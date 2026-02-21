--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R610cabd917c7497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bcbd2273abe4aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14002ccb96bc474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03311427ccd4962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca87a931ff4c4afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14002ccb96bc474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46528acce8ae4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03311427ccd4962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>