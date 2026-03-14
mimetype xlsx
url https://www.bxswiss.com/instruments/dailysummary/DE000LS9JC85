--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bcbd2273abe4aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60cfc20baa614537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03311427ccd4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re533796f61a04f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46528acce8ae4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03311427ccd4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddb8787400d478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re533796f61a04f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>