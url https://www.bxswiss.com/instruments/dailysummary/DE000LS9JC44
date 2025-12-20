--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215407535c3d4d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0356a4ef8ba24d5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad037790bdd4542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf17e435b527e4ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149714d06c884f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad037790bdd4542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f397ab74a154907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf17e435b527e4ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lndt &amp; Sprngl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,856</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>