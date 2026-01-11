--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0356a4ef8ba24d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cac50e595d04182" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf17e435b527e4ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38e17b07e7f4f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f397ab74a154907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf17e435b527e4ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31b58652971482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38e17b07e7f4f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lndt &amp; Sprngl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>