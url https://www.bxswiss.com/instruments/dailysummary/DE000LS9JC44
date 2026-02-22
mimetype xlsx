--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cac50e595d04182" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06597f6c10c348ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38e17b07e7f4f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7031ba7a051b40ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd31b58652971482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38e17b07e7f4f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref0229e1881d425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7031ba7a051b40ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lndt &amp; Sprngl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>173,809</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,091</x:t>
-[...80 lines deleted...]
-          <x:t>174,694</x:t>
+          <x:t>172,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>