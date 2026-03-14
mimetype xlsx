--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06597f6c10c348ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3e3389e47145e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7031ba7a051b40ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5762ccf36714afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref0229e1881d425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7031ba7a051b40ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a612b30349c482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5762ccf36714afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lndt &amp; Sprngl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>