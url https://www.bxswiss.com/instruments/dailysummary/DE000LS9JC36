--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa7c17ac39944ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b79d69c31414be2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05ef7ad9c3941af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9417c99147404044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367825d584c14b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05ef7ad9c3941af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646aa64534e14230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9417c99147404044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IBD Best of the Best  5 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,441</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>15.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,521</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>80,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,365</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>80,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>