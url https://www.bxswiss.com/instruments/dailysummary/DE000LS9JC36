--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b79d69c31414be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eacc20e6024b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9417c99147404044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cdad83bb0054d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646aa64534e14230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9417c99147404044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2c3403ac944c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cdad83bb0054d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IBD Best of the Best  5 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>80,127</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,051</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,616</x:t>
-[...26 lines deleted...]
-          <x:t>79,613</x:t>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,361</x:t>
-[...60 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>79,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,565</x:t>
-[...171 lines deleted...]
-          <x:t>79,640</x:t>
+          <x:t>79,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>