--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4eacc20e6024b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130ed332b545424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cdad83bb0054d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9459e0e33724a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb2c3403ac944c9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cdad83bb0054d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6213fd59194b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9459e0e33724a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IBD Best of the Best  5 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,565</x:t>
-[...264 lines deleted...]
-          <x:t>80,021</x:t>
+          <x:t>79,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,008</x:t>
-[...11 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,154</x:t>
-[...26 lines deleted...]
-          <x:t>80,141</x:t>
+          <x:t>80,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,021</x:t>
-[...215 lines deleted...]
-          <x:t>79,817</x:t>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>