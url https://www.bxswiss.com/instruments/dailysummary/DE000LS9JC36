--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130ed332b545424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe9f1a6c077453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9459e0e33724a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2274779e464243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6213fd59194b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9459e0e33724a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d79a75d608a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2274779e464243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IBD Best of the Best  5 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>79,947</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,817</x:t>
-[...556 lines deleted...]
-          <x:t>80,083</x:t>
+          <x:t>79,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,013</x:t>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>