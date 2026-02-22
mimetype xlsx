--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe9f1a6c077453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb547a77bc1ef4198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2274779e464243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39397632b90d48d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d79a75d608a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2274779e464243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1acb6e0d3db4584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39397632b90d48d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IBD Best of the Best  5 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>79,990</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>