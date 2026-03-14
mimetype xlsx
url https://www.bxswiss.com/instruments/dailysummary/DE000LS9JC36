--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb547a77bc1ef4198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2474be9b0cc04c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39397632b90d48d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3f4fa565644181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1acb6e0d3db4584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39397632b90d48d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6926cbd810534395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3f4fa565644181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IBD Best of the Best  5 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>