--- v0 (2025-10-04)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832dd538be4a49bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843674e42c874453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bbe15b3dd474838"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R762d7f048346489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb52cdca7e824f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bbe15b3dd474838" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0070c9bbada8416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R762d7f048346489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Günstige Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JB86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.312,614</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>