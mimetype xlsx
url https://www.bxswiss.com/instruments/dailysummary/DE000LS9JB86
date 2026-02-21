--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843674e42c874453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0455b6c87bc54e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R762d7f048346489e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c6c6b411674b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0070c9bbada8416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R762d7f048346489e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23afa68d1c0e456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c6c6b411674b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Günstige Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JB86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1.521,327</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.502,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>