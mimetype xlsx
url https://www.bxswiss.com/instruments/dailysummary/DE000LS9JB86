--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0455b6c87bc54e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R082c359ea24b4801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c6c6b411674b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdf3928a43464797"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23afa68d1c0e456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c6c6b411674b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a98ae2062b442c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdf3928a43464797" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Günstige Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JB86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.485,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.504,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.485,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.494,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.509,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.517,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.500,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.510,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.494,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.488,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.519,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.478,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>