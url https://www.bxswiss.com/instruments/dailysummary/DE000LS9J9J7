--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79af6e1e8d324b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89410d275be5484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97fee6f3fc0e403d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07507b338ee34be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb632924710b4359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97fee6f3fc0e403d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0210b4d34b457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07507b338ee34be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2.330,657</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.128,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.157,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.210,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.225,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.161,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.130,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.174,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.175,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.180,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.171,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.192,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.180,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.173,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.200,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.201,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.185,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.194,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.196,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.164,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.223,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.200,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.244,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.246,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.228,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.252,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.238,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.229,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.241,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.221,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.238,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.235,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.210,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.218,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.208,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.187,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.215,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.227,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.178,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.179,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.194,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.209,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.204,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.186,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.196,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.189,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.205,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.150,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.179,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.207,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.199,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>