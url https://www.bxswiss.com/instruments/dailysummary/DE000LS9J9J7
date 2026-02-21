--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89410d275be5484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6540fcf218147d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07507b338ee34be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd731b822f1743ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0210b4d34b457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07507b338ee34be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345d8029e6704275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd731b822f1743ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.199,982</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.205,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.185,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.215,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.212,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.238,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.206,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.236,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.261,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.270,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.254,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.261,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.256,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.274,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.251,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.271,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.247,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.250,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.244,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.260,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.262,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.232,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.250,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.269,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.273,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.251,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.257,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.294,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.295,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.249,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.252,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.265,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.280,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.260,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.276,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.255,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.299,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.252,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.294,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.310,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.312,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.258,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.266,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.279,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.281,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.255,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.266,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.250,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.253,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.221,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.278,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.221,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.275,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.290,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.270,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.317,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.314,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.291,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.308,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.305,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.356,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.298,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.338,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.344,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.352,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.303,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.304,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.278,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.281,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.242,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.265,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.279,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.279,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.256,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.256,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.243,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.269,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.217,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.265,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.294,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.311,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.285,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.307,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.300,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.301,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.272,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.293,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.293,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.299,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.287,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.288,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>