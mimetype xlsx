--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6540fcf218147d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra201fe140b704940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd731b822f1743ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd8e5aa26f9d47d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345d8029e6704275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd731b822f1743ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92df338ae5546f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd8e5aa26f9d47d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.314,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.318,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.291,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.308,026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.293,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.299,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.287,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.288,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.289,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.310,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.277,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.279,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.290,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.308,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.269,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.304,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.323,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.344,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.322,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.340,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.339,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.360,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.289,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.310,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.312,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.317,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.270,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.279,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.280,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.279,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.239,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.240,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.192,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.209,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.205,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.245,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.198,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.238,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.235,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.258,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.221,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.234,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.236,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.195,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.128,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.125,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.161,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.228,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.234,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.214,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.223,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.239,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.271,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.229,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.252,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.251,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.255,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.253,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.234,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.267,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.221,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>