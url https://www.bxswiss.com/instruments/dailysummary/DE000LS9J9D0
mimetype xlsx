--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e6a8bfade34967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32329cc82cb478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c524116ff6847cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49972a0b4a64f4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a3e300d49554311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c524116ff6847cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4422aaa783304c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49972a0b4a64f4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.177,641</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>