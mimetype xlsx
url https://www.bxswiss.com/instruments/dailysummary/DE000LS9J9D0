--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32329cc82cb478c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e19a64841ab4561" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49972a0b4a64f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b78ac49ea64dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4422aaa783304c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49972a0b4a64f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46793cd53b394b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b78ac49ea64dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.187,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.187,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.167,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.176,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.166,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.177,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.163,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.175,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>