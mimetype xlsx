--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e19a64841ab4561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148438e4054440af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b78ac49ea64dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5286eefc59f4dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46793cd53b394b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b78ac49ea64dbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa413e4cadfe4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5286eefc59f4dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.210,423</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>