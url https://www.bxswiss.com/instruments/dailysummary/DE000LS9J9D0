--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148438e4054440af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51284516a5724857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5286eefc59f4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b00d1dcbd5444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa413e4cadfe4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5286eefc59f4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44466033aebd463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b00d1dcbd5444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.086,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.086,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.072,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.084,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.062,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.049,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.050,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.028,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.026,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.013,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.027,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.021,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.022,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>