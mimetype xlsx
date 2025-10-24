--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc639c18b718f45ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8bc624c25542bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095fd20ca7b8474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ce656c811c45e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df0f6027a7848cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095fd20ca7b8474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41f2d6c538943fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ce656c811c45e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knallfrosch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8Z5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>