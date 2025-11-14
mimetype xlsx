--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8bc624c25542bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24f8f6c3a13b464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ce656c811c45e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9669b6c8cd4eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41f2d6c538943fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ce656c811c45e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e5233142024285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9669b6c8cd4eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knallfrosch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8Z5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>