--- v2 (2025-11-14)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24f8f6c3a13b464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84157a6367c340ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9669b6c8cd4eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d56abf6d19f4e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e5233142024285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9669b6c8cd4eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb579a9f7ae4df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d56abf6d19f4e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knallfrosch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8Z5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,261</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>