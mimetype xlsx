--- v3 (2026-01-06)
+++ v4 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84157a6367c340ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d34cf195fbf4037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d56abf6d19f4e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c334503a6048a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb579a9f7ae4df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d56abf6d19f4e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97072132bac243c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c334503a6048a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knallfrosch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8Z5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +548,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>