--- v4 (2026-01-07)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d34cf195fbf4037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e3b44549864f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c334503a6048a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49037ec17f8e4d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97072132bac243c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c334503a6048a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d99e4c731f34f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49037ec17f8e4d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knallfrosch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8Z5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>126,922</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>