--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e3b44549864f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb935b2835baa4821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49037ec17f8e4d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67da0bba625f484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d99e4c731f34f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49037ec17f8e4d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae9d3d50ae94db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67da0bba625f484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Knallfrosch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8Z5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,511</x:t>
-[...441 lines deleted...]
-          <x:t>141,170</x:t>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>