--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcceb9dbe079e4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28170ef544164a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef6e77c66da486d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aef227412114545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee7faf8d45c492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef6e77c66da486d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8efa67f6adbd4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aef227412114545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Takeover-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>178,248</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,811</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,594</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>