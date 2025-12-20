--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28170ef544164a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142159e2353e4be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aef227412114545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8af0fa7674e415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8efa67f6adbd4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aef227412114545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eca262242af471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8af0fa7674e415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Takeover-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>182,036</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>