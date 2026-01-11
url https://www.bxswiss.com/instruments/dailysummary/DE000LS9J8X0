--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142159e2353e4be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57694585eba347b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8af0fa7674e415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9dd696a87694916"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eca262242af471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8af0fa7674e415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5feae6bfb6784e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9dd696a87694916" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Takeover-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>