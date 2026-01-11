--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57694585eba347b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3100717df50b422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9dd696a87694916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7517b34d310942a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5feae6bfb6784e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9dd696a87694916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc12f82756bbd4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7517b34d310942a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Takeover-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>