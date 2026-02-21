--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3100717df50b422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ac8ddd840d4de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7517b34d310942a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac411537a3b4a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc12f82756bbd4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7517b34d310942a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0cc34e22554342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac411537a3b4a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Takeover-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>185,645</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>