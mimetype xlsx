--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32ac8ddd840d4de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0be5602631124d6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac411537a3b4a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0cd761618346e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0cc34e22554342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac411537a3b4a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbbe455486c4b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0cd761618346e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Takeover-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8X0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>