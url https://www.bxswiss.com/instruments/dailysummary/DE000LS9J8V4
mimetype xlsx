--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6aeeec1e3ac4201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd10f8feee24b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6500d635ac314cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2184b68a617d465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cd45384fc94eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6500d635ac314cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b80d977536141da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2184b68a617d465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>immer schön nett bleiben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,265</x:t>
-[...441 lines deleted...]
-          <x:t>141,986</x:t>
+          <x:t>147,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>