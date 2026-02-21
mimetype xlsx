--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd10f8feee24b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59930a19a7d64b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2184b68a617d465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b2b082e1914834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b80d977536141da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2184b68a617d465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268b48185e5d42e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b2b082e1914834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>immer schön nett bleiben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8V4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,613 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,036</x:t>
-[...252 lines deleted...]
-          <x:t>149,996</x:t>
+          <x:t>147,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>