--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0aaa153c7374561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96fb97827b0b4df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9584ba67ff564c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e83cfdc32f454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033c2c1f16f643d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9584ba67ff564c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c1afd0b89a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e83cfdc32f454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>