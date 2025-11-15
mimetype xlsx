--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96fb97827b0b4df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea332b32a5f44bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e83cfdc32f454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348a3af86b1840e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c1afd0b89a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e83cfdc32f454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95e4594f2f14188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348a3af86b1840e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>