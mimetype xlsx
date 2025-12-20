--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea332b32a5f44bc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0d449fbf584348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348a3af86b1840e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7aa7bc451714a79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf95e4594f2f14188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348a3af86b1840e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23763d86d9d64dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7aa7bc451714a79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>355,501</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>