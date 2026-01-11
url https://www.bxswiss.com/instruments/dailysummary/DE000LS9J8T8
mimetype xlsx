--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0d449fbf584348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaacfadff45a4978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7aa7bc451714a79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56e1ae490aa43a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23763d86d9d64dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7aa7bc451714a79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7306e15df4d34cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56e1ae490aa43a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>