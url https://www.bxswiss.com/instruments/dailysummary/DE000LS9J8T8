--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaacfadff45a4978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916f2d9bf99542c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56e1ae490aa43a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94a7f0ed146e40b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7306e15df4d34cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56e1ae490aa43a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1214fffa234e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94a7f0ed146e40b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>357,606</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>