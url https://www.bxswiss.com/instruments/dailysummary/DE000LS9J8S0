--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2617a70f0a148e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8995b73f674a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129d2976292042e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d08c45f56a54263"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc678624223464669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129d2976292042e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99db3be147c4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d08c45f56a54263" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>472,973</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>473,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,584</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>