--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8995b73f674a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c85a6fcd2554533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d08c45f56a54263"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e445a039ee4eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99db3be147c4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d08c45f56a54263" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b11f72c9974989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e445a039ee4eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>