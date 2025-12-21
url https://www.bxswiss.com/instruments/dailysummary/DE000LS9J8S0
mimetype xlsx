--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c85a6fcd2554533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175583ed2ba64ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e445a039ee4eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb81f12e627ce448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b11f72c9974989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e445a039ee4eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e284591f3244fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb81f12e627ce448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>479,250</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>