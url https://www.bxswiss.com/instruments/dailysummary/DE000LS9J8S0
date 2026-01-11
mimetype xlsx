--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175583ed2ba64ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b07935385d4caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb81f12e627ce448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80525517bc5a4378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e284591f3244fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb81f12e627ce448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d8454d0a074b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80525517bc5a4378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,994</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>