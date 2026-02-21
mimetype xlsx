--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b07935385d4caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d8484f96674769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80525517bc5a4378"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa7d2e858684713"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d8454d0a074b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80525517bc5a4378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbb0418eefbc46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa7d2e858684713" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>506,426</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>