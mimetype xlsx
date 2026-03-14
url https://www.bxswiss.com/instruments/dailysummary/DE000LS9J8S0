--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d8484f96674769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2cc28ac16004b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa7d2e858684713"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R091cf7f248424c82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbb0418eefbc46ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa7d2e858684713" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d609deb22047a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R091cf7f248424c82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>