--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra216b20e45134454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cb697edcb44efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c573dfb4514c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04119ccf3ddc4507"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a0196884bc42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c573dfb4514c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5f13723c7c46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04119ccf3ddc4507" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ethisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>