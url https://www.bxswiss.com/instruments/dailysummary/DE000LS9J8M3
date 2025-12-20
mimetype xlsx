--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5cb697edcb44efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f6e64616d347eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04119ccf3ddc4507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef7c24da0f840c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5f13723c7c46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04119ccf3ddc4507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394d8c751054364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef7c24da0f840c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ethisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,306</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>