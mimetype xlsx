--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f6e64616d347eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad048321f154ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdef7c24da0f840c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b8b2b0a5bb44ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6394d8c751054364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdef7c24da0f840c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e7fa4f8b0e4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b8b2b0a5bb44ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ethisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>123,538</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,911</x:t>
-[...490 lines deleted...]
-          <x:t>123,277</x:t>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>