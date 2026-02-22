--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ad048321f154ec5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bd47eb073648d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b8b2b0a5bb44ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a173467a78e4a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e7fa4f8b0e4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b8b2b0a5bb44ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0d4b7040454e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a173467a78e4a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ethisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,042</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>