--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bfbed486dd34f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17bbf83b62c74461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52358aeb148b4b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4499680de44ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6f45e6ec674874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52358aeb148b4b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ee8ce4493b74eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4499680de44ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wall street trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>100,606</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,377</x:t>
-[...26 lines deleted...]
-          <x:t>100,322</x:t>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>100,509</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>