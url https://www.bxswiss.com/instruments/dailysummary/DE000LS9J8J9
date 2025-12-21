--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17bbf83b62c74461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01f7cc376fd4a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4499680de44ae8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5b3f38a2b549a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ee8ce4493b74eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4499680de44ae8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f4efcf043e4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5b3f38a2b549a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wall street trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,687</x:t>
-[...603 lines deleted...]
-          <x:t>99,524</x:t>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>