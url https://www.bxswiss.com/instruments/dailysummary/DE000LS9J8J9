--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01f7cc376fd4a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33179ab7a66043a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5b3f38a2b549a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf115bae2a33941f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f4efcf043e4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5b3f38a2b549a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radda0feb3dde4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf115bae2a33941f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wall street trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,041</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,878</x:t>
-[...556 lines deleted...]
-          <x:t>100,209</x:t>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,124</x:t>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>