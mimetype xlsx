--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33179ab7a66043a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c2f7e2da60d45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf115bae2a33941f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22609aacd9af4756"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radda0feb3dde4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf115bae2a33941f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6cfca22ce84841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22609aacd9af4756" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wall street trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>100,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,004</x:t>
-[...53 lines deleted...]
-          <x:t>100,095</x:t>
+          <x:t>99,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>