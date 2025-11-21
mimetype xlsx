--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c3d122bf894f13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50614a3d5ebe49a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84d5780d0ca494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c81529bc13459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2b52aff62640a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84d5780d0ca494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3292b4e9aaa4461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c81529bc13459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Todaytrade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,806</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>