--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50614a3d5ebe49a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaabaf7b2c634160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c81529bc13459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9841003a3e0441b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3292b4e9aaa4461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c81529bc13459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0332718c12f647df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9841003a3e0441b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Todaytrade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>110,207</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,510</x:t>
-[...431 lines deleted...]
-          <x:t>105,460</x:t>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>