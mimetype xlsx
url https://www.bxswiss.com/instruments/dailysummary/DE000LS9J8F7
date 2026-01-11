--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaabaf7b2c634160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f129c26ca44b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9841003a3e0441b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd010589d5cd942c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0332718c12f647df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9841003a3e0441b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb94146b1a35419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd010589d5cd942c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Todaytrade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>