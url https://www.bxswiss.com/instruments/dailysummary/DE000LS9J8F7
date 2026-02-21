--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f129c26ca44b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5f9500aed54bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd010589d5cd942c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd311ccdd18dc42bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb94146b1a35419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd010589d5cd942c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2afd38f4ff43f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd311ccdd18dc42bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Todaytrade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,987</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>